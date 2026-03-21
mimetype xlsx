--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -12,337 +12,397 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>ID Presude</t>
   </si>
   <si>
     <t>Naziv presude</t>
   </si>
   <si>
     <t>Broj predstavke</t>
   </si>
   <si>
     <t>Zemlja</t>
   </si>
   <si>
     <t>Članovi</t>
   </si>
   <si>
     <t>Članovi kršenje</t>
   </si>
   <si>
     <t>Članovi nekršenje</t>
   </si>
   <si>
     <t>Jezik</t>
   </si>
   <si>
     <t>Stepen važnosti</t>
   </si>
   <si>
     <t>Link dokumenta</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Tematske ključne reči</t>
   </si>
   <si>
     <t>Deskriptori</t>
   </si>
   <si>
     <t>Zbirka</t>
   </si>
   <si>
+    <t>Stajković protiv Srbije</t>
+  </si>
+  <si>
+    <t>56944/17</t>
+  </si>
+  <si>
+    <t>Srbija</t>
+  </si>
+  <si>
+    <t>5, 5-5</t>
+  </si>
+  <si>
+    <t>nije relevantno</t>
+  </si>
+  <si>
+    <t>Srpski</t>
+  </si>
+  <si>
+    <t>https://hudoc.echr.coe.int/?i=001-248091</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>lišenje slobode, naknada nematerijalne štete - pritvor, trajanje pritvora</t>
+  </si>
+  <si>
+    <t>1.5 Član 5. - pravo na slobodu i sigurnost; 1.5.1 Lišenje slobode; 1.5.2.18 Pravo na naknadu zbog nezakonitog lišenja slobode</t>
+  </si>
+  <si>
+    <t>Sudska praksa, Presuda ESLJP, Odbor</t>
+  </si>
+  <si>
+    <t>Pešić protiv Srbije</t>
+  </si>
+  <si>
+    <t>4545/21</t>
+  </si>
+  <si>
+    <t>10, 10-1</t>
+  </si>
+  <si>
+    <t>https://hudoc.echr.coe.int/?i=001-247645</t>
+  </si>
+  <si>
+    <t>2025-12-13</t>
+  </si>
+  <si>
+    <t>sloboda govora</t>
+  </si>
+  <si>
+    <t>1.10 Član 10. - sloboda izražavanja</t>
+  </si>
+  <si>
+    <t>Sudska praksa, Presuda ESLJP, Veće</t>
+  </si>
+  <si>
+    <t>Nenad Krstić i drugi protiv Srbije</t>
+  </si>
+  <si>
+    <t>35477/21, 35661/21, 35672/21, 35701/21, 36634/21</t>
+  </si>
+  <si>
+    <t>3, 35</t>
+  </si>
+  <si>
+    <t>https://hudoc.echr.coe.int/?i=001-248327</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>zabrana mučenja, ponižavajućeg i nečovečnog postupanja, ekstradicija / izručenje, krivična dela putem interneta</t>
+  </si>
+  <si>
+    <t>1.3 Član 3. - zabrana mučenja, nečovečnog ili ponižavajućeg postupanja ili kažnjavanja</t>
+  </si>
+  <si>
+    <t>Sudska praksa, Odluka ESLJP, Odbor</t>
+  </si>
+  <si>
     <t>Sarić protiv Srbije</t>
   </si>
   <si>
     <t>38151/16</t>
   </si>
   <si>
-    <t>Srbija</t>
-[...1 lines deleted...]
-  <si>
     <t>6, 6-1</t>
   </si>
   <si>
-    <t>nije relevantno</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hudoc.echr.coe.int/?i=001-247428</t>
   </si>
   <si>
     <t>2025-12-09</t>
   </si>
   <si>
     <t>krivični postupak, pravo na pravično suđenje, svedočenje</t>
   </si>
   <si>
     <t>1.6 Član 6. - pravo na pravično suđenje; 1.6.3 Krivična optužba</t>
   </si>
   <si>
-    <t>Sudska praksa, Presuda ESLJP, Odbor</t>
-[...1 lines deleted...]
-  <si>
     <t>ISKRA DOO protiv Srbije</t>
   </si>
   <si>
     <t>53002/21</t>
   </si>
   <si>
     <t>35, 35-1, 41, P1-1, P1-1-1</t>
   </si>
   <si>
     <t>P1-1, P1-1-1</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/eng%3Fi%3D001-156522?i=001-246022</t>
   </si>
   <si>
     <t>2025-11-18</t>
   </si>
   <si>
     <t>pravo na imovinu</t>
   </si>
   <si>
     <t>1.16 Član 1. protokola 1 - zaštita imovine; 1.16.1 Imovina; 1.16.2.1 Pravo na neometano uživanje imovine</t>
   </si>
   <si>
-    <t>Sudska praksa, Presuda ESLJP, Veće</t>
-[...1 lines deleted...]
-  <si>
     <t>Marko Tešić protiv Srbije</t>
   </si>
   <si>
     <t>61891/19</t>
   </si>
   <si>
     <t>10, 10-1, 10-2, 41</t>
   </si>
   <si>
     <t>10, 10-1, 10-2</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-245685</t>
   </si>
   <si>
     <t>2025-11-04</t>
   </si>
   <si>
     <t>postupanje advokata, sloboda govora</t>
   </si>
   <si>
     <t>1.10 Član 10. - sloboda izražavanja; 1.10.4.3 Neophodno u demokratskom društvu</t>
   </si>
   <si>
     <t>A.A. protiv Srbije</t>
   </si>
   <si>
     <t>50898/20</t>
   </si>
   <si>
     <t>14, 14+5, 5, P4-2</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-247387</t>
   </si>
   <si>
     <t>2025-10-14</t>
   </si>
   <si>
     <t>sloboda kretanja, sprečavanje širenja zaraznih bolesti, zaštita migranata</t>
   </si>
   <si>
     <t>Sudska praksa, Odluka ESLJP, Veće</t>
   </si>
   <si>
+    <t>Šabanović i drugi protiv Srbije</t>
+  </si>
+  <si>
+    <t>39819/16, 39902/16, 60773/16, 17816/17, 31419/17</t>
+  </si>
+  <si>
+    <t>35, 35-3-a, 6, 6-1</t>
+  </si>
+  <si>
+    <t>https://hudoc.echr.coe.int/?i=001-245076</t>
+  </si>
+  <si>
+    <t>2025-10-07</t>
+  </si>
+  <si>
+    <t>pravo na pravično suđenje, neisplaćene zarade, radni sporovi, parnica, neujednačena sudska praksa</t>
+  </si>
+  <si>
+    <t>1.1.3 Ratione materiae; 1.6 Član 6. - pravo na pravično suđenje</t>
+  </si>
+  <si>
+    <t>H.G.D. protiv Srbije</t>
+  </si>
+  <si>
+    <t>3158/20</t>
+  </si>
+  <si>
+    <t>5, 5-1, 5-4, 5-5</t>
+  </si>
+  <si>
+    <t>https://hudoc.echr.coe.int/?i=001-245084</t>
+  </si>
+  <si>
+    <t>lišenje slobode, naknada nematerijalne štete - pritvor, zakonitost pritvora / lišenja slobode</t>
+  </si>
+  <si>
+    <t>1.5 Član 5. - pravo na slobodu i sigurnost; 1.5.1 Lišenje slobode; 1.5.2.6 Zakonom predviđeni postupak; 1.5.2.18 Pravo na naknadu zbog nezakonitog lišenja slobode; 1.5.7.2 Zadržavanje stranaca u u međunarodnoj zoni</t>
+  </si>
+  <si>
+    <t>Prenča protiv Srbije</t>
+  </si>
+  <si>
+    <t>48725/12</t>
+  </si>
+  <si>
+    <t>41, P1-1, P1-1-1, P1-1-2</t>
+  </si>
+  <si>
+    <t>P1-1, P1-1-1, P1-1-2</t>
+  </si>
+  <si>
+    <t>https://hudoc.echr.coe.int/?i=001-245073</t>
+  </si>
+  <si>
+    <t>carinski prekršaji, oduzimanje imovine</t>
+  </si>
+  <si>
+    <t>1.16 Član 1. protokola 1 - zaštita imovine; 1.16.2.1 Pravo na neometano uživanje imovine; 1.16.2.3 Pravo države da reguliše korišćenje imovine</t>
+  </si>
+  <si>
     <t>Đorđević protiv Srbije</t>
   </si>
   <si>
     <t>11212/23</t>
   </si>
   <si>
     <t>35, 35-3-a, 41, 8, 8-1, P1-1, P1-1-1</t>
   </si>
   <si>
     <t>8, 8-1, P1-1, P1-1-1</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-245088</t>
   </si>
   <si>
-    <t>2025-10-07</t>
-[...1 lines deleted...]
-  <si>
     <t>pravo na dom, pravo na imovinu</t>
   </si>
   <si>
     <t>1.8.5 Dom; 1.16 Član 1. protokola 1 - zaštita imovine; 1.16.2.1 Pravo na neometano uživanje imovine</t>
   </si>
   <si>
-    <t>Šabanović i drugi protiv Srbije</t>
-[...55 lines deleted...]
-  <si>
     <t>Čolović protiv Srbije</t>
   </si>
   <si>
     <t>2806/20</t>
   </si>
   <si>
-    <t>5, 5-5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hudoc.echr.coe.int/?i=001-244892</t>
   </si>
   <si>
     <t>2025-09-30</t>
   </si>
   <si>
     <t>lišenje slobode, neosnovano lišenje slobode, naknada nematerijalne štete - pritvor</t>
   </si>
   <si>
     <t>1.5 Član 5. - pravo na slobodu i sigurnost; 1.5.2.18 Pravo na naknadu zbog nezakonitog lišenja slobode</t>
   </si>
   <si>
     <t>Vesković protiv Srbije</t>
   </si>
   <si>
     <t>30741/22</t>
   </si>
   <si>
     <t>5, 5-3</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-244850</t>
   </si>
   <si>
     <t>2025-09-23</t>
   </si>
   <si>
     <t>trajanje pritvora, ekstradicija / izručenje, krivični postupak, nedozvoljeno posedovanje oružja i eksplozivnih materija, lišenje slobode</t>
   </si>
   <si>
     <t>1.5.2.7 Pritvor; 1.5.2.16 Vreme trajanja pritvora</t>
   </si>
   <si>
     <t>Rajko Grbić i drugi protiv Srbije</t>
   </si>
   <si>
     <t>23420/22, 57957/22, 239/23, 243/23, 247/23, 919/23, 10905/23</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-245372</t>
   </si>
   <si>
     <t>2025-09-16</t>
   </si>
   <si>
-    <t>Sudska praksa, Odluka ESLJP, Odbor</t>
-[...1 lines deleted...]
-  <si>
     <t>M.H. protiv Srbije</t>
   </si>
   <si>
     <t>62410/17</t>
   </si>
   <si>
     <t>13, 3, 37, 37-1</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-245177</t>
   </si>
   <si>
     <t>2025-09-04</t>
   </si>
   <si>
     <t>Atanasije Ristić protiv Srbije</t>
   </si>
   <si>
     <t>38336/21</t>
   </si>
   <si>
     <t>35-3, 5, 5-1, 5-2, 5-4</t>
   </si>
   <si>
     <t>5, 5-1, 5-2, 5-3, 5-4</t>
@@ -353,170 +413,164 @@
   <si>
     <t>2025-08-26</t>
   </si>
   <si>
     <t>lišenje slobode, zakonitost pritvora / lišenja slobode, posedovanje, proizvodnja i promet narkotika</t>
   </si>
   <si>
     <t>1.5 Član 5. - pravo na slobodu i sigurnost; 1.5.1 Lišenje slobode; 1.5.2 Zakonitost lišenja slobode; 1.5.2.12 Sudsko preispitivanje lišenja slobode</t>
   </si>
   <si>
     <t>A.K. protiv Srbije</t>
   </si>
   <si>
     <t>57188/16</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-244767</t>
   </si>
   <si>
     <t>2025-07-03</t>
   </si>
   <si>
     <t>azil, deportacija ili proterivanje</t>
   </si>
   <si>
+    <t>D.G. i S.G. protiv Srbije</t>
+  </si>
+  <si>
+    <t>61347/21</t>
+  </si>
+  <si>
+    <t>8, 8-1</t>
+  </si>
+  <si>
+    <t>https://hudoc.echr.coe.int/?i=001-243780</t>
+  </si>
+  <si>
+    <t>2025-06-24</t>
+  </si>
+  <si>
+    <t>lišenje roditeljskog prava, najbolji interes deteta, poštovanje porodičnog života</t>
+  </si>
+  <si>
+    <t>1.8 Član 8. - pravo na poštovanje privatnog i porodičnog života, doma i prepiske; 1.8.4 Porodični život</t>
+  </si>
+  <si>
     <t>Aksüngür i drugi protiv Srbije</t>
   </si>
   <si>
     <t>69080/13, 67091/14, 3997/15, 20444/15, 23307/15</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-243774</t>
   </si>
   <si>
-    <t>2025-06-24</t>
-[...1 lines deleted...]
-  <si>
     <t>oduzimanje imovine, pravo na imovinu, tužba za naknadu imovinske štete, carinski prekršaji</t>
   </si>
   <si>
     <t>1.16 Član 1. protokola 1 - zaštita imovine; 1.16.2.1 Pravo na neometano uživanje imovine; 1.16.2.3 Pravo države da reguliše korišćenje imovine; 1.16.3 Javni interes; 1.16.6 Pravni propisi (legalitet, određenost, predvidivost zakona)</t>
   </si>
   <si>
-    <t>D.G. i S.G. protiv Srbije</t>
-[...14 lines deleted...]
-    <t>1.8 Član 8. - pravo na poštovanje privatnog i porodičnog života, doma i prepiske; 1.8.4 Porodični život</t>
+    <t>Karović i drugi protiv Bosne i Hercegovine</t>
+  </si>
+  <si>
+    <t>43201/22, 555/23, 5241/23, 23976/23</t>
+  </si>
+  <si>
+    <t>Bosna i Hercegovina</t>
+  </si>
+  <si>
+    <t>6, 6-1, P1-1, P1-1-1</t>
+  </si>
+  <si>
+    <t>Bosanski</t>
+  </si>
+  <si>
+    <t>https://hudoc.echr.coe.int/?i=001-243781</t>
+  </si>
+  <si>
+    <t>izvršni postupak, neisplaćene zarade, postupak izvršenja</t>
+  </si>
+  <si>
+    <t>1.6.4.5 Izvršenje sudskih odluka; 1.16 Član 1. protokola 1 - zaštita imovine</t>
   </si>
   <si>
     <t>ÇOBANTUR TURİZM TİCARET VE NAKLİYAT LTD. ŞTİ. protiv Srbije</t>
   </si>
   <si>
     <t>32398/19</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-243778</t>
   </si>
   <si>
     <t>oduzimanje imovine, oduzimanje imovine korišćene za počinjenje krivičnog dela, oduzimanje imovine trećeg lica</t>
   </si>
   <si>
     <t>1.16 Član 1. protokola 1 - zaštita imovine; 1.16.2.1 Pravo na neometano uživanje imovine</t>
   </si>
   <si>
-    <t>Karović i drugi protiv Bosne i Hercegovine</t>
-[...22 lines deleted...]
-  <si>
     <t>Prica protiv Srbije</t>
   </si>
   <si>
     <t>16242/23</t>
   </si>
   <si>
     <t>37, 37-1, 6, 6-1</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-244187</t>
   </si>
   <si>
     <t>2025-06-19</t>
   </si>
   <si>
     <t>nacionalizacija imovine i restitucija</t>
   </si>
   <si>
     <t>Gospočić protiv Hrvatske</t>
   </si>
   <si>
     <t>18827/21</t>
   </si>
   <si>
     <t>Hrvatska</t>
   </si>
   <si>
-    <t>10, 10-1</t>
-[...1 lines deleted...]
-  <si>
     <t>Hrvatski</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-243660</t>
   </si>
   <si>
     <t>2025-06-17</t>
   </si>
   <si>
     <t>sloboda govora, povreda ugleda / kleveta</t>
   </si>
   <si>
-    <t>1.10 Član 10. - sloboda izražavanja</t>
-[...1 lines deleted...]
-  <si>
     <t>Lazić protiv Srbije</t>
   </si>
   <si>
     <t>15535/23</t>
   </si>
   <si>
     <t>13, 35, 6, 6-1, 8</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-244186</t>
   </si>
   <si>
     <t>Ćebić protiv Srbije</t>
   </si>
   <si>
     <t>38287/21</t>
   </si>
   <si>
     <t>35, 6, 6-1</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/?i=001-244205</t>
   </si>
   <si>
     <t>Rejting centar Srbije protiv Srbije</t>
@@ -579,101 +633,50 @@
     <t>https://hudoc.echr.coe.int/?i=001-243955</t>
   </si>
   <si>
     <t>2025-05-28</t>
   </si>
   <si>
     <t>ekstradicija / izručenje</t>
   </si>
   <si>
     <t>M.W. protiv Srbije</t>
   </si>
   <si>
     <t>70923/17</t>
   </si>
   <si>
     <t>13, 13+3, 3, 37, 37-1, 6</t>
   </si>
   <si>
     <t>https://hudoc.echr.coe.int/eng?i=001-243791</t>
   </si>
   <si>
     <t>2025-05-22</t>
   </si>
   <si>
     <t>deportacija ili proterivanje</t>
-  </si>
-[...49 lines deleted...]
-    <t>krivični postupak, pravo na pravično suđenje, nadzor i snimanje telefonske komunikacije, otkrivanje korupcije, pribavljanje i prihvatljivost dokaza, tajni nadzor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1047,1318 +1050,1324 @@
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="B2" t="s">
         <v>14</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>16</v>
       </c>
       <c r="E2" t="s">
         <v>17</v>
       </c>
       <c r="F2" t="s">
         <v>17</v>
       </c>
       <c r="G2" t="s">
         <v>18</v>
       </c>
       <c r="H2" t="s">
         <v>19</v>
       </c>
       <c r="I2">
         <v>3</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
         <v>21</v>
       </c>
       <c r="L2" t="s">
         <v>22</v>
       </c>
       <c r="M2" t="s">
         <v>23</v>
       </c>
       <c r="N2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>26</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="F3" t="s">
+        <v>27</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3">
+        <v>3</v>
+      </c>
+      <c r="J3" t="s">
         <v>28</v>
       </c>
-      <c r="G3" t="s">
-[...8 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>29</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>30</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>31</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4">
-        <v>1530</v>
+        <v>1538</v>
       </c>
       <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" t="s">
         <v>35</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
+        <v>18</v>
+      </c>
+      <c r="H4" t="s">
+        <v>19</v>
+      </c>
+      <c r="I4">
+        <v>3</v>
+      </c>
+      <c r="J4" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
+      <c r="K4" t="s">
         <v>37</v>
       </c>
-      <c r="G4" t="s">
-[...8 lines deleted...]
-      <c r="J4" t="s">
+      <c r="L4" t="s">
         <v>38</v>
       </c>
-      <c r="K4" t="s">
+      <c r="M4" t="s">
         <v>39</v>
       </c>
-      <c r="L4" t="s">
+      <c r="N4" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
         <v>42</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
         <v>43</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G5" t="s">
         <v>18</v>
       </c>
       <c r="H5" t="s">
         <v>19</v>
       </c>
       <c r="I5">
         <v>3</v>
       </c>
       <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
         <v>45</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>46</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>47</v>
       </c>
       <c r="N5" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
         <v>49</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>50</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G6" t="s">
         <v>18</v>
       </c>
       <c r="H6" t="s">
         <v>19</v>
       </c>
       <c r="I6">
         <v>2</v>
       </c>
       <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
         <v>53</v>
       </c>
-      <c r="K6" t="s">
+      <c r="L6" t="s">
         <v>54</v>
       </c>
-      <c r="L6" t="s">
+      <c r="M6" t="s">
         <v>55</v>
       </c>
-      <c r="M6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N6" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:14">
       <c r="A7">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
         <v>57</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" t="s">
         <v>58</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>59</v>
       </c>
-      <c r="F7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H7" t="s">
         <v>19</v>
       </c>
       <c r="I7">
         <v>2</v>
       </c>
       <c r="J7" t="s">
         <v>60</v>
       </c>
       <c r="K7" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="L7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="8" spans="1:14">
       <c r="A8">
-        <v>1521</v>
+        <v>1533</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D8" t="s">
         <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F8" t="s">
-        <v>65</v>
+        <v>18</v>
       </c>
       <c r="G8" t="s">
         <v>18</v>
       </c>
       <c r="H8" t="s">
         <v>19</v>
       </c>
       <c r="I8">
         <v>3</v>
       </c>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K8" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="N8" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D9" t="s">
         <v>16</v>
       </c>
       <c r="E9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="H9" t="s">
         <v>19</v>
       </c>
       <c r="I9">
         <v>2</v>
       </c>
       <c r="J9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K9" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="M9" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="N9" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="10" spans="1:14">
       <c r="A10">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F10" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="G10" t="s">
         <v>18</v>
       </c>
       <c r="H10" t="s">
         <v>19</v>
       </c>
       <c r="I10">
         <v>3</v>
       </c>
       <c r="J10" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="K10" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="L10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11">
-        <v>1518</v>
+        <v>1529</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D11" t="s">
         <v>16</v>
       </c>
       <c r="E11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G11" t="s">
         <v>18</v>
       </c>
       <c r="H11" t="s">
         <v>19</v>
       </c>
       <c r="I11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J11" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="K11" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="L11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:14">
       <c r="A12">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D12" t="s">
         <v>16</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="F12" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="G12" t="s">
         <v>18</v>
       </c>
       <c r="H12" t="s">
         <v>19</v>
       </c>
       <c r="I12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J12" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="K12" t="s">
-        <v>93</v>
+        <v>75</v>
+      </c>
+      <c r="L12" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" t="s">
+        <v>97</v>
       </c>
       <c r="N12" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13">
-        <v>1520</v>
+        <v>1519</v>
       </c>
       <c r="B13" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C13" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D13" t="s">
         <v>16</v>
       </c>
       <c r="E13" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="F13" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G13" t="s">
         <v>18</v>
       </c>
       <c r="H13" t="s">
         <v>19</v>
       </c>
       <c r="I13">
         <v>3</v>
       </c>
       <c r="J13" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K13" t="s">
-        <v>99</v>
+        <v>101</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
       </c>
       <c r="N13" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="B14" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C14" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D14" t="s">
         <v>16</v>
       </c>
       <c r="E14" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F14" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G14" t="s">
         <v>18</v>
       </c>
       <c r="H14" t="s">
         <v>19</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
       <c r="J14" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="K14" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="L14" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="M14" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="N14" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:14">
       <c r="A15">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="B15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D15" t="s">
         <v>16</v>
       </c>
       <c r="E15" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="F15" t="s">
         <v>18</v>
       </c>
       <c r="G15" t="s">
         <v>18</v>
       </c>
       <c r="H15" t="s">
         <v>19</v>
       </c>
       <c r="I15">
         <v>3</v>
       </c>
       <c r="J15" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="K15" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
-        <v>94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16">
-        <v>1511</v>
+        <v>1520</v>
       </c>
       <c r="B16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D16" t="s">
         <v>16</v>
       </c>
       <c r="E16" t="s">
-        <v>71</v>
+        <v>117</v>
       </c>
       <c r="F16" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="G16" t="s">
         <v>18</v>
       </c>
       <c r="H16" t="s">
         <v>19</v>
       </c>
       <c r="I16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J16" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="K16" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="N16" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:14">
       <c r="A17">
-        <v>1507</v>
+        <v>1516</v>
       </c>
       <c r="B17" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D17" t="s">
         <v>16</v>
       </c>
       <c r="E17" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F17" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G17" t="s">
         <v>18</v>
       </c>
       <c r="H17" t="s">
         <v>19</v>
       </c>
       <c r="I17">
         <v>3</v>
       </c>
       <c r="J17" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="K17" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="L17" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="M17" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="N17" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="18" spans="1:14">
       <c r="A18">
-        <v>1506</v>
+        <v>1517</v>
       </c>
       <c r="B18" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C18" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D18" t="s">
         <v>16</v>
       </c>
       <c r="E18" t="s">
-        <v>28</v>
+        <v>117</v>
       </c>
       <c r="F18" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G18" t="s">
         <v>18</v>
       </c>
       <c r="H18" t="s">
         <v>19</v>
       </c>
       <c r="I18">
         <v>3</v>
       </c>
       <c r="J18" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="K18" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="L18" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="N18" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:14">
       <c r="A19">
-        <v>1514</v>
+        <v>1507</v>
       </c>
       <c r="B19" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="C19" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D19" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="E19" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F19" t="s">
-        <v>18</v>
+        <v>135</v>
       </c>
       <c r="G19" t="s">
-        <v>133</v>
+        <v>18</v>
       </c>
       <c r="H19" t="s">
-        <v>134</v>
+        <v>19</v>
       </c>
       <c r="I19">
         <v>3</v>
       </c>
       <c r="J19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="K19" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="L19" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="M19" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="N19" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="B20" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D20" t="s">
         <v>16</v>
       </c>
       <c r="E20" t="s">
-        <v>140</v>
+        <v>86</v>
       </c>
       <c r="F20" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="G20" t="s">
         <v>18</v>
       </c>
       <c r="H20" t="s">
         <v>19</v>
       </c>
       <c r="I20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="K20" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="L20" t="s">
         <v>143</v>
       </c>
+      <c r="M20" t="s">
+        <v>144</v>
+      </c>
       <c r="N20" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21" spans="1:14">
       <c r="A21">
-        <v>1522</v>
+        <v>1514</v>
       </c>
       <c r="B21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C21" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F21" t="s">
-        <v>147</v>
+        <v>18</v>
       </c>
       <c r="G21" t="s">
-        <v>18</v>
+        <v>148</v>
       </c>
       <c r="H21" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="I21">
         <v>3</v>
       </c>
       <c r="J21" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K21" t="s">
-        <v>150</v>
+        <v>137</v>
       </c>
       <c r="L21" t="s">
         <v>151</v>
       </c>
       <c r="M21" t="s">
         <v>152</v>
       </c>
       <c r="N21" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:14">
       <c r="A22">
-        <v>1510</v>
+        <v>1506</v>
       </c>
       <c r="B22" t="s">
         <v>153</v>
       </c>
       <c r="C22" t="s">
         <v>154</v>
       </c>
       <c r="D22" t="s">
         <v>16</v>
       </c>
       <c r="E22" t="s">
-        <v>155</v>
+        <v>51</v>
       </c>
       <c r="F22" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="G22" t="s">
         <v>18</v>
       </c>
       <c r="H22" t="s">
         <v>19</v>
       </c>
       <c r="I22">
         <v>3</v>
       </c>
       <c r="J22" t="s">
+        <v>155</v>
+      </c>
+      <c r="K22" t="s">
+        <v>137</v>
+      </c>
+      <c r="L22" t="s">
         <v>156</v>
       </c>
-      <c r="K22" t="s">
-        <v>150</v>
+      <c r="M22" t="s">
+        <v>157</v>
       </c>
       <c r="N22" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23">
-        <v>1509</v>
+        <v>1508</v>
       </c>
       <c r="B23" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C23" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D23" t="s">
         <v>16</v>
       </c>
       <c r="E23" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F23" t="s">
         <v>18</v>
       </c>
       <c r="G23" t="s">
         <v>18</v>
       </c>
       <c r="H23" t="s">
         <v>19</v>
       </c>
       <c r="I23">
         <v>3</v>
       </c>
       <c r="J23" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K23" t="s">
-        <v>150</v>
+        <v>162</v>
+      </c>
+      <c r="L23" t="s">
+        <v>163</v>
       </c>
       <c r="N23" t="s">
-        <v>94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:14">
       <c r="A24">
-        <v>1502</v>
+        <v>1522</v>
       </c>
       <c r="B24" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D24" t="s">
-        <v>16</v>
+        <v>166</v>
       </c>
       <c r="E24" t="s">
-        <v>163</v>
+        <v>27</v>
       </c>
       <c r="F24" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="G24" t="s">
         <v>18</v>
       </c>
       <c r="H24" t="s">
-        <v>19</v>
+        <v>167</v>
       </c>
       <c r="I24">
         <v>3</v>
       </c>
       <c r="J24" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="K24" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="L24" t="s">
-        <v>166</v>
+        <v>170</v>
+      </c>
+      <c r="M24" t="s">
+        <v>31</v>
       </c>
       <c r="N24" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:14">
       <c r="A25">
-        <v>1501</v>
+        <v>1510</v>
       </c>
       <c r="B25" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C25" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D25" t="s">
         <v>16</v>
       </c>
       <c r="E25" t="s">
-        <v>17</v>
+        <v>173</v>
       </c>
       <c r="F25" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G25" t="s">
         <v>18</v>
       </c>
       <c r="H25" t="s">
         <v>19</v>
       </c>
       <c r="I25">
         <v>3</v>
       </c>
       <c r="J25" t="s">
+        <v>174</v>
+      </c>
+      <c r="K25" t="s">
         <v>169</v>
       </c>
-      <c r="K25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N25" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26">
-        <v>1503</v>
+        <v>1509</v>
       </c>
       <c r="B26" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D26" t="s">
         <v>16</v>
       </c>
       <c r="E26" t="s">
-        <v>133</v>
+        <v>177</v>
       </c>
       <c r="F26" t="s">
-        <v>133</v>
+        <v>18</v>
       </c>
       <c r="G26" t="s">
         <v>18</v>
       </c>
       <c r="H26" t="s">
         <v>19</v>
       </c>
       <c r="I26">
         <v>3</v>
       </c>
       <c r="J26" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="K26" t="s">
-        <v>165</v>
-[...5 lines deleted...]
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="N26" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="B27" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C27" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D27" t="s">
         <v>16</v>
       </c>
       <c r="E27" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F27" t="s">
         <v>18</v>
       </c>
       <c r="G27" t="s">
         <v>18</v>
       </c>
       <c r="H27" t="s">
         <v>19</v>
       </c>
       <c r="I27">
         <v>3</v>
       </c>
       <c r="J27" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="K27" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="L27" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="N27" t="s">
-        <v>94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:14">
       <c r="A28">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="B28" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C28" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D28" t="s">
         <v>16</v>
       </c>
       <c r="E28" t="s">
-        <v>185</v>
+        <v>43</v>
       </c>
       <c r="F28" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G28" t="s">
         <v>18</v>
       </c>
       <c r="H28" t="s">
         <v>19</v>
       </c>
       <c r="I28">
         <v>3</v>
       </c>
       <c r="J28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K28" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="L28" t="s">
         <v>188</v>
       </c>
+      <c r="M28" t="s">
+        <v>189</v>
+      </c>
       <c r="N28" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="29" spans="1:14">
       <c r="A29">
-        <v>1497</v>
+        <v>1503</v>
       </c>
       <c r="B29" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C29" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D29" t="s">
         <v>16</v>
       </c>
       <c r="E29" t="s">
-        <v>191</v>
+        <v>148</v>
       </c>
       <c r="F29" t="s">
-        <v>18</v>
+        <v>148</v>
       </c>
       <c r="G29" t="s">
         <v>18</v>
       </c>
       <c r="H29" t="s">
         <v>19</v>
       </c>
       <c r="I29">
         <v>3</v>
       </c>
       <c r="J29" t="s">
         <v>192</v>
       </c>
       <c r="K29" t="s">
+        <v>183</v>
+      </c>
+      <c r="L29" t="s">
         <v>193</v>
       </c>
+      <c r="M29" t="s">
+        <v>194</v>
+      </c>
       <c r="N29" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
     </row>
     <row r="30" spans="1:14">
       <c r="A30">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="B30" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C30" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D30" t="s">
         <v>16</v>
       </c>
       <c r="E30" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F30" t="s">
         <v>18</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
       <c r="H30" t="s">
         <v>19</v>
       </c>
       <c r="I30">
         <v>3</v>
       </c>
       <c r="J30" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="K30" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="L30" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="M30" t="s">
         <v>200</v>
       </c>
       <c r="N30" t="s">
-        <v>94</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:14">
       <c r="A31">
-        <v>1489</v>
+        <v>1498</v>
       </c>
       <c r="B31" t="s">
         <v>201</v>
       </c>
       <c r="C31" t="s">
         <v>202</v>
       </c>
       <c r="D31" t="s">
         <v>16</v>
       </c>
       <c r="E31" t="s">
-        <v>17</v>
+        <v>203</v>
       </c>
       <c r="F31" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G31" t="s">
         <v>18</v>
       </c>
       <c r="H31" t="s">
         <v>19</v>
       </c>
       <c r="I31">
         <v>3</v>
       </c>
       <c r="J31" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="K31" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L31" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>206</v>
       </c>
       <c r="N31" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">